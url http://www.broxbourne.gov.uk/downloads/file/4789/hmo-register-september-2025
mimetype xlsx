--- v0 (2026-01-01)
+++ v1 (2026-02-11)
@@ -1,250 +1,224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Environmental Health\Residential\Private Sector Housing\HOUSING\HMO\HMO\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://broxbourne-my.sharepoint.com/personal/oliver_palmen_broxbourne_gov_uk/Documents/Documents/Digital Services/2026/February/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FC0A55BA-BE27-4F0A-B7A6-529261BD4093}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6CE6A10A-A829-466F-B851-952A5F15FEEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="422" xr2:uid="{5E7CEBFB-22EE-4552-9ED3-9B013792EDF5}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="422" xr2:uid="{5E7CEBFB-22EE-4552-9ED3-9B013792EDF5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C1" i="1" l="1"/>
   <c r="D1" i="1" s="1"/>
   <c r="E1" i="1" s="1"/>
   <c r="F1" i="1" s="1"/>
   <c r="G1" i="1" s="1"/>
   <c r="H1" i="1" s="1"/>
   <c r="I1" i="1" s="1"/>
   <c r="J1" i="1" s="1"/>
   <c r="K1" i="1" s="1"/>
   <c r="L1" i="1" s="1"/>
   <c r="N1" i="1" s="1"/>
   <c r="O1" i="1" s="1"/>
   <c r="P1" i="1" s="1"/>
   <c r="Q1" i="1" s="1"/>
-  <c r="R1" i="1" s="1"/>
-[...2 lines deleted...]
-  <c r="U1" i="1" s="1"/>
   <c r="V1" i="1" s="1"/>
   <c r="W1" i="1" s="1"/>
   <c r="X1" i="1" s="1"/>
   <c r="Y1" i="1" s="1"/>
   <c r="Z1" i="1" s="1"/>
   <c r="AA1" i="1" s="1"/>
   <c r="AB1" i="1" s="1"/>
   <c r="AC1" i="1" s="1"/>
   <c r="AD1" i="1" s="1"/>
   <c r="AE1" i="1" s="1"/>
   <c r="AF1" i="1" s="1"/>
-  <c r="AG1" i="1" s="1"/>
-  <c r="AI1" i="1" s="1"/>
   <c r="AJ1" i="1" s="1"/>
-  <c r="AK1" i="1" s="1"/>
-  <c r="AL1" i="1" s="1"/>
   <c r="AM1" i="1" s="1"/>
   <c r="AN1" i="1" s="1"/>
-  <c r="AO1" i="1" s="1"/>
   <c r="AP1" i="1" s="1"/>
   <c r="AQ1" i="1" s="1"/>
+  <c r="AR1" i="1" s="1"/>
   <c r="AS1" i="1" s="1"/>
   <c r="AT1" i="1" s="1"/>
   <c r="AU1" i="1" s="1"/>
   <c r="AV1" i="1" s="1"/>
   <c r="AW1" i="1" s="1"/>
   <c r="AX1" i="1" s="1"/>
   <c r="AY1" i="1" s="1"/>
   <c r="AZ1" i="1" s="1"/>
   <c r="BA1" i="1" s="1"/>
   <c r="BB1" i="1" s="1"/>
   <c r="BC1" i="1" s="1"/>
   <c r="BD1" i="1" s="1"/>
-  <c r="BE1" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="BG1" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="138">
   <si>
     <t>Address of the licensed HMO;</t>
   </si>
   <si>
     <t>21 Central Avenue Waltham Cross, Hertfordshire,     EN8 7JH</t>
   </si>
   <si>
     <t>23 Central Avenue  Waltham Cross, Hertfordshire,         EN8 7JH</t>
   </si>
   <si>
     <t>91 Swanfield Road Waltham Cross, Hertfordshire,        EN8 7JP</t>
   </si>
   <si>
     <t>93A High Street      Waltham Cross, Hertfordshire,           EN8 7AQ</t>
   </si>
   <si>
-    <t>110A High Street,              Waltham Cross, Hertfordshire,                      EN8 7BX</t>
-[...1 lines deleted...]
-  <si>
     <t>1 Pine Close, Cheshunt, Hertfordshire, EN8 0NG</t>
   </si>
   <si>
     <t>3A Stoneleigh Close, Waltham Cross, Hertfordshire,               EN8 8AZ</t>
   </si>
   <si>
     <t>3B Stoneleigh Close, Waltham Cross, Hertfordshire,                   EN8 8AZ</t>
   </si>
   <si>
     <t>3C Stoneleigh Close, Waltham Cross, Hertfordshire,             EN8 8AZ</t>
   </si>
   <si>
     <t>3 Stoneleigh Close, Waltham Cross, Hertfordshire,             EN8 8AZ</t>
   </si>
   <si>
     <t>22 Edinburgh Crescent, Waltham Cross, Hertfordshire,                     EN8 7QY</t>
   </si>
   <si>
     <t>34 York Road, Waltham Cross, Hertfordshire,    EN8 7HW</t>
   </si>
   <si>
     <t>81 Cadmore Lane, Cheshunt, Hertfordshire,           EN8 9JQ</t>
   </si>
   <si>
     <t>109 Old Highway, Hoddesdon, Hertfordshire, EN11 0LX</t>
   </si>
   <si>
     <t>125 Old Highway, Hoddesdon, Hertfordshire,     EN11 0LY</t>
   </si>
   <si>
     <t>66 Lammasmead, Wormley,             Hertfordshire,               EN10 6HY</t>
   </si>
   <si>
     <t>74 Lammasmead, Wormley,                   Hertfordshire,                 EN10 6HY</t>
   </si>
   <si>
     <t>The Vicarage,         11 Amwell Street, Hoddesdon, Hertfordshire, EN11 8TP</t>
   </si>
   <si>
-    <t>141 Russells Ride, Cheshunt, Hertfordshire,       EN8 8UD.</t>
-[...1 lines deleted...]
-  <si>
     <t>39 King Edward Road, Waltham Cross, Hertfordshire,             EN8 7HX</t>
   </si>
   <si>
     <t>34 Railway Road, Waltham Cross, Hertfordshire,        EN8 7JA</t>
   </si>
   <si>
-    <t>9 Colthurst Gardens, Hoddesdon, Hertfordshire,              EN11 0GA</t>
-[...1 lines deleted...]
-  <si>
     <t>36 Eastfield Road, Waltham Cross, Hertfordshire,     EN8 7EU</t>
   </si>
   <si>
     <t>321 Stanstead Road, Hoddesdon, Hertfordshire,           EN11 0QW</t>
   </si>
   <si>
     <t>HMO type</t>
   </si>
   <si>
     <t>6 bed HMO</t>
   </si>
   <si>
     <t>4 bed HMO</t>
   </si>
   <si>
     <t>5 bed HMO</t>
   </si>
   <si>
     <t xml:space="preserve">4 bed HMO </t>
   </si>
   <si>
-    <t>3 bed HMO</t>
-[...1 lines deleted...]
-  <si>
     <t>6 Bed HMO</t>
   </si>
   <si>
     <t>5 Bed HMO</t>
   </si>
   <si>
     <t xml:space="preserve">5 bed HMO </t>
   </si>
   <si>
     <t>41 Bed HMO</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> 4 Bed HMO</t>
   </si>
   <si>
     <t>10 Bed HMO</t>
   </si>
   <si>
     <t>Conditions of the licence;</t>
   </si>
   <si>
     <t xml:space="preserve">Standard   Conditions </t>
   </si>
   <si>
     <t xml:space="preserve">Standard Conditions </t>
   </si>
   <si>
     <t xml:space="preserve">Standard       Conditions </t>
   </si>
   <si>
     <t xml:space="preserve">Standard           Conditions </t>
   </si>
   <si>
     <t xml:space="preserve">Standard                    Conditions </t>
   </si>
   <si>
     <t xml:space="preserve">Standard        Conditions </t>
   </si>
@@ -515,50 +489,65 @@
     <t>Kitchen - 1 Bathroom 2</t>
   </si>
   <si>
     <t>43 Hedworth Avenue, Waltham Cross,       Herts                           EN8 8AP</t>
   </si>
   <si>
     <t>83 Queens Road, WALTHAM CROSS, Hertfordshire,         EN8 7HP</t>
   </si>
   <si>
     <t>24 Theobalds Lane, Cheshunt, Hertfordshire, EN8 8RH</t>
   </si>
   <si>
     <t>20/102030</t>
   </si>
   <si>
     <t>8 Bed HMO</t>
   </si>
   <si>
     <t>109 Blindmans Lane, Cheshunt, Hertfordshire, EN8 9DN</t>
   </si>
   <si>
     <t>105 Leven Drive, Waltham Cross, Hertfordshire, EN8 8BB</t>
   </si>
   <si>
     <t>43 Whitley Road, Hoddesdon, Hertfordshire, EN11 0PT</t>
+  </si>
+  <si>
+    <t>6 Months</t>
+  </si>
+  <si>
+    <t>6 Oldfield Drive, Cheshunt, Hertfordshire,    EN8 0JL</t>
+  </si>
+  <si>
+    <t>11 Forest Road, Cheshunt, Hertfordshire,   EN8 9DB</t>
+  </si>
+  <si>
+    <t>Angela Lodge,            38 Crossbrook Street, Cheshunt, Hertfordshire,           EN8 8JQ</t>
+  </si>
+  <si>
+    <t>60 Raglan Avenue, Waltham Cross, Hertfordshire,    EN8 8DA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -657,152 +646,126 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -1082,2785 +1045,2674 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E53F99-40E1-4E98-9F67-37F228D99C65}">
-  <dimension ref="A1:BN19"/>
+  <dimension ref="A1:BO19"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="BF1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="BN1" sqref="BN1"/>
+    <sheetView tabSelected="1" topLeftCell="BC1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="BG7" sqref="BG7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="19.33203125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="30.6328125" style="9" bestFit="1" customWidth="1"/>
-[...57 lines deleted...]
-    <col min="67" max="16384" width="8.90625" style="3"/>
+    <col min="1" max="1" width="19.33203125" style="1"/>
+    <col min="2" max="54" width="19.33203125" style="6"/>
+    <col min="55" max="55" width="19.33203125" style="1"/>
+    <col min="56" max="63" width="19.33203125" style="6"/>
+    <col min="64" max="64" width="23" style="6" customWidth="1"/>
+    <col min="65" max="16384" width="19.33203125" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:66" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="19">
+    <row r="1" spans="1:67" x14ac:dyDescent="0.3">
+      <c r="B1" s="10">
         <v>1</v>
       </c>
-      <c r="C1" s="19">
+      <c r="C1" s="10">
         <f>B1+1</f>
         <v>2</v>
       </c>
-      <c r="D1" s="19">
-        <f t="shared" ref="D1:AO1" si="0">C1+1</f>
+      <c r="D1" s="10">
+        <f t="shared" ref="D1:AJ1" si="0">C1+1</f>
         <v>3</v>
       </c>
-      <c r="E1" s="19">
+      <c r="E1" s="10">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="F1" s="19">
+      <c r="F1" s="10">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="G1" s="19">
+      <c r="G1" s="10">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="H1" s="19">
+      <c r="H1" s="10">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="I1" s="19">
+      <c r="I1" s="10">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="J1" s="19">
+      <c r="J1" s="10">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="K1" s="19">
+      <c r="K1" s="10">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="L1" s="19">
+      <c r="L1" s="10">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="M1" s="19">
+      <c r="M1" s="10">
         <v>12</v>
       </c>
-      <c r="N1" s="19">
+      <c r="N1" s="10">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="O1" s="19">
+      <c r="O1" s="10">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="P1" s="19">
+      <c r="P1" s="10">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="Q1" s="19">
+      <c r="Q1" s="10">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="R1" s="19">
-        <f t="shared" si="0"/>
+      <c r="R1" s="10">
         <v>17</v>
       </c>
-      <c r="S1" s="19">
-        <f t="shared" si="0"/>
+      <c r="S1" s="10">
         <v>18</v>
       </c>
-      <c r="T1" s="19">
-        <f t="shared" si="0"/>
+      <c r="T1" s="10">
         <v>19</v>
       </c>
-      <c r="U1" s="19">
-        <f t="shared" si="0"/>
+      <c r="U1" s="10">
         <v>20</v>
       </c>
-      <c r="V1" s="19">
+      <c r="V1" s="10">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
-      <c r="W1" s="19">
+      <c r="W1" s="10">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
-      <c r="X1" s="19">
+      <c r="X1" s="10">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
-      <c r="Y1" s="19">
+      <c r="Y1" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="Z1" s="19">
+      <c r="Z1" s="10">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
-      <c r="AA1" s="19">
+      <c r="AA1" s="10">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
-      <c r="AB1" s="19">
+      <c r="AB1" s="10">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
-      <c r="AC1" s="19">
+      <c r="AC1" s="10">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
-      <c r="AD1" s="19">
+      <c r="AD1" s="10">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
-      <c r="AE1" s="19">
+      <c r="AE1" s="10">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
-      <c r="AF1" s="19">
+      <c r="AF1" s="10">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
-      <c r="AG1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AG1" s="10">
         <v>32</v>
       </c>
-      <c r="AH1" s="19">
+      <c r="AH1" s="10">
         <v>33</v>
       </c>
-      <c r="AI1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AI1" s="10">
         <v>34</v>
       </c>
-      <c r="AJ1" s="19">
+      <c r="AJ1" s="10">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
-      <c r="AK1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AK1" s="10">
         <v>36</v>
       </c>
-      <c r="AL1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AL1" s="10">
         <v>37</v>
       </c>
-      <c r="AM1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AM1" s="10">
+        <f t="shared" ref="AM1" si="1">AL1+1</f>
         <v>38</v>
       </c>
-      <c r="AN1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AN1" s="10">
+        <f t="shared" ref="AN1" si="2">AM1+1</f>
         <v>39</v>
       </c>
-      <c r="AO1" s="19">
-        <f t="shared" si="0"/>
+      <c r="AO1" s="10">
         <v>40</v>
       </c>
-      <c r="AP1" s="19">
-        <f t="shared" ref="AP1" si="1">AO1+1</f>
+      <c r="AP1" s="10">
+        <f t="shared" ref="AP1" si="3">AO1+1</f>
         <v>41</v>
       </c>
-      <c r="AQ1" s="19">
-        <f t="shared" ref="AQ1" si="2">AP1+1</f>
+      <c r="AQ1" s="10">
+        <f t="shared" ref="AQ1" si="4">AP1+1</f>
         <v>42</v>
       </c>
-      <c r="AR1" s="19">
+      <c r="AR1" s="10">
+        <f t="shared" ref="AR1" si="5">AQ1+1</f>
         <v>43</v>
       </c>
-      <c r="AS1" s="19">
-        <f t="shared" ref="AS1" si="3">AR1+1</f>
+      <c r="AS1" s="10">
+        <f t="shared" ref="AS1" si="6">AR1+1</f>
         <v>44</v>
       </c>
-      <c r="AT1" s="19">
-        <f t="shared" ref="AT1" si="4">AS1+1</f>
+      <c r="AT1" s="10">
+        <f t="shared" ref="AT1" si="7">AS1+1</f>
         <v>45</v>
       </c>
-      <c r="AU1" s="19">
-        <f t="shared" ref="AU1" si="5">AT1+1</f>
+      <c r="AU1" s="10">
+        <f t="shared" ref="AU1" si="8">AT1+1</f>
         <v>46</v>
       </c>
-      <c r="AV1" s="19">
-        <f t="shared" ref="AV1" si="6">AU1+1</f>
+      <c r="AV1" s="10">
+        <f t="shared" ref="AV1" si="9">AU1+1</f>
         <v>47</v>
       </c>
-      <c r="AW1" s="19">
-        <f t="shared" ref="AW1" si="7">AV1+1</f>
+      <c r="AW1" s="10">
+        <f t="shared" ref="AW1" si="10">AV1+1</f>
         <v>48</v>
       </c>
-      <c r="AX1" s="19">
-        <f t="shared" ref="AX1" si="8">AW1+1</f>
+      <c r="AX1" s="10">
+        <f t="shared" ref="AX1" si="11">AW1+1</f>
         <v>49</v>
       </c>
-      <c r="AY1" s="19">
-        <f t="shared" ref="AY1" si="9">AX1+1</f>
+      <c r="AY1" s="10">
+        <f t="shared" ref="AY1" si="12">AX1+1</f>
         <v>50</v>
       </c>
-      <c r="AZ1" s="19">
-        <f t="shared" ref="AZ1" si="10">AY1+1</f>
+      <c r="AZ1" s="10">
+        <f t="shared" ref="AZ1" si="13">AY1+1</f>
         <v>51</v>
       </c>
-      <c r="BA1" s="19">
-        <f t="shared" ref="BA1" si="11">AZ1+1</f>
+      <c r="BA1" s="10">
+        <f t="shared" ref="BA1" si="14">AZ1+1</f>
         <v>52</v>
       </c>
-      <c r="BB1" s="19">
-[...4 lines deleted...]
-        <f t="shared" ref="BC1" si="13">BB1+1</f>
+      <c r="BB1" s="10">
+        <f t="shared" ref="BB1" si="15">BA1+1</f>
+        <v>53</v>
+      </c>
+      <c r="BC1" s="10">
+        <f t="shared" ref="BC1" si="16">BB1+1</f>
         <v>54</v>
       </c>
-      <c r="BD1" s="19">
-        <f t="shared" ref="BD1" si="14">BC1+1</f>
+      <c r="BD1" s="10">
+        <f t="shared" ref="BD1" si="17">BC1+1</f>
         <v>55</v>
       </c>
-      <c r="BE1" s="19">
-        <f t="shared" ref="BE1" si="15">BD1+1</f>
+      <c r="BE1" s="23">
         <v>56</v>
       </c>
-      <c r="BF1" s="19">
-        <f t="shared" ref="BF1" si="16">BE1+1</f>
+      <c r="BF1" s="10">
         <v>57</v>
       </c>
-      <c r="BG1" s="19">
-        <f t="shared" ref="BG1" si="17">BF1+1</f>
+      <c r="BG1" s="10">
         <v>58</v>
       </c>
-      <c r="BH1" s="33">
+      <c r="BH1" s="10">
         <v>59</v>
       </c>
-      <c r="BI1" s="35">
+      <c r="BI1" s="10">
         <v>60</v>
       </c>
-      <c r="BJ1" s="19">
+      <c r="BJ1" s="10">
         <v>61</v>
       </c>
-      <c r="BK1" s="19">
+      <c r="BK1" s="10">
         <v>62</v>
       </c>
-      <c r="BL1" s="19">
+      <c r="BL1" s="10">
         <v>63</v>
       </c>
-      <c r="BM1" s="19">
+      <c r="BM1" s="10">
         <v>64</v>
       </c>
-      <c r="BN1" s="19">
+      <c r="BN1" s="10">
         <v>65</v>
       </c>
+      <c r="BO1" s="10">
+        <v>66</v>
+      </c>
     </row>
-    <row r="2" spans="1:66" ht="93" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B2" s="20" t="s">
+    <row r="2" spans="1:67" ht="90" x14ac:dyDescent="0.3">
+      <c r="A2" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="F2" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G2" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="I2" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="C2" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="20" t="s">
+      <c r="J2" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="K2" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="L2" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E2" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="20" t="s">
+      <c r="M2" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="G2" s="20" t="s">
+      <c r="N2" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="H2" s="20" t="s">
+      <c r="O2" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="I2" s="20" t="s">
+      <c r="P2" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="J2" s="20" t="s">
-[...5 lines deleted...]
-      <c r="L2" s="1" t="s">
+      <c r="Q2" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="M2" s="1" t="s">
+      <c r="R2" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="N2" s="1" t="s">
+      <c r="S2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="T2" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="U2" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="V2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="W2" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="X2" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y2" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z2" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="AA2" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB2" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="AC2" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE2" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF2" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="AG2" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="O2" s="1" t="s">
+      <c r="AH2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI2" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AJ2" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="P2" s="1" t="s">
+      <c r="AK2" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="Q2" s="1" t="s">
+      <c r="AL2" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AM2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AN2" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="AO2" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="R2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="S2" s="1" t="s">
+      <c r="AP2" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="T2" s="20" t="s">
-[...44 lines deleted...]
-      <c r="AI2" s="1" t="s">
+      <c r="AQ2" s="9" t="s">
         <v>94</v>
       </c>
-      <c r="AJ2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AL2" s="1" t="s">
+      <c r="AR2" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="AM2" s="1" t="s">
-[...17 lines deleted...]
-      <c r="AS2" s="1" t="s">
+      <c r="AS2" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="AT2" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="AU2" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="AT2" s="18" t="s">
-[...6 lines deleted...]
-        <v>112</v>
+      <c r="AV2" s="12" t="s">
+        <v>101</v>
       </c>
       <c r="AW2" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="AX2" s="1" t="s">
+      <c r="AX2" s="12" t="s">
         <v>103</v>
       </c>
-      <c r="AY2" s="21" t="s">
-        <v>106</v>
+      <c r="AY2" s="1" t="s">
+        <v>109</v>
       </c>
       <c r="AZ2" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="BA2" s="21" t="s">
+      <c r="BA2" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="BB2" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC2" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD2" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="BE2" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="BF2" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="BG2" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="BH2" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="BI2" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="BJ2" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="BK2" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="BL2" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="BM2" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="BN2" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="BO2" s="21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="3" spans="1:67" x14ac:dyDescent="0.3">
+      <c r="A3" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="P3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q3" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="R3" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="S3" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="T3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="U3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="V3" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="W3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="X3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="Y3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="AC3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AE3" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AG3" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AH3" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI3" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="AJ3" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AK3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AL3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM3" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="AN3" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AP3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AQ3" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AS3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AT3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="AU3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="AV3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AX3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="AY3" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="AZ3" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="BA3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="BC3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BD3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BE3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BF3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="BG3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="BH3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BI3" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="BJ3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BK3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="BL3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BM3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="BN3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="BO3" s="6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+      <c r="A4" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="O4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q4" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="R4" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="S4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="T4" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="U4" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="V4" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="W4" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="X4" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z4" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AB4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AC4" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD4" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE4" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF4" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AH4" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI4" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="AJ4" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AL4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM4" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN4" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO4" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="AP4" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="AQ4" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AS4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AT4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AU4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AV4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AX4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AY4" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="BB2" s="11" t="s">
-[...36 lines deleted...]
-        <v>137</v>
+      <c r="AZ4" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BA4" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB4" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BC4" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BD4" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="BE4" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="BF4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BG4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BH4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BI4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BJ4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BK4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BL4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BM4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BN4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="BO4" s="1" t="s">
+        <v>123</v>
       </c>
     </row>
-    <row r="3" spans="1:66" x14ac:dyDescent="0.35">
-[...196 lines deleted...]
-        <v>32</v>
+    <row r="5" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+      <c r="A5" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45923</v>
+      </c>
+      <c r="C5" s="3">
+        <v>45566</v>
+      </c>
+      <c r="D5" s="3">
+        <v>45587</v>
+      </c>
+      <c r="E5" s="2">
+        <v>45305</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" s="2">
+        <v>45309</v>
+      </c>
+      <c r="I5" s="2">
+        <v>45311</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" s="4">
+        <v>44763</v>
+      </c>
+      <c r="M5" s="4">
+        <v>44364</v>
+      </c>
+      <c r="N5" s="4">
+        <v>44278</v>
+      </c>
+      <c r="O5" s="4">
+        <v>44278</v>
+      </c>
+      <c r="P5" s="4">
+        <v>45558</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>45153</v>
+      </c>
+      <c r="R5" s="4">
+        <v>44152</v>
+      </c>
+      <c r="S5" s="16">
+        <v>44522</v>
+      </c>
+      <c r="T5" s="16">
+        <v>46009</v>
+      </c>
+      <c r="U5" s="16">
+        <v>46009</v>
+      </c>
+      <c r="V5" s="16">
+        <v>46009</v>
+      </c>
+      <c r="W5" s="16">
+        <v>44629</v>
+      </c>
+      <c r="X5" s="16">
+        <v>45200</v>
+      </c>
+      <c r="Y5" s="16">
+        <v>44540</v>
+      </c>
+      <c r="Z5" s="16">
+        <v>44533</v>
+      </c>
+      <c r="AA5" s="16">
+        <v>44238</v>
+      </c>
+      <c r="AB5" s="16">
+        <v>44540</v>
+      </c>
+      <c r="AC5" s="16">
+        <v>44649</v>
+      </c>
+      <c r="AD5" s="16">
+        <v>44630</v>
+      </c>
+      <c r="AE5" s="16">
+        <v>44176</v>
+      </c>
+      <c r="AF5" s="16">
+        <v>45231</v>
+      </c>
+      <c r="AG5" s="16">
+        <v>44740</v>
+      </c>
+      <c r="AH5" s="16">
+        <v>44278</v>
+      </c>
+      <c r="AI5" s="16">
+        <v>44677</v>
+      </c>
+      <c r="AJ5" s="4">
+        <v>45523</v>
+      </c>
+      <c r="AK5" s="4">
+        <v>45980</v>
+      </c>
+      <c r="AL5" s="4">
+        <v>45628</v>
+      </c>
+      <c r="AM5" s="4">
+        <v>44676</v>
+      </c>
+      <c r="AN5" s="4">
+        <v>45296</v>
+      </c>
+      <c r="AO5" s="4">
+        <v>45341</v>
+      </c>
+      <c r="AP5" s="4">
+        <v>45341</v>
+      </c>
+      <c r="AQ5" s="4">
+        <v>45341</v>
+      </c>
+      <c r="AR5" s="4">
+        <v>45441</v>
+      </c>
+      <c r="AS5" s="4">
+        <v>45607</v>
+      </c>
+      <c r="AT5" s="4">
+        <v>45607</v>
+      </c>
+      <c r="AU5" s="4">
+        <v>45616</v>
+      </c>
+      <c r="AV5" s="4">
+        <v>45618</v>
+      </c>
+      <c r="AW5" s="4">
+        <v>45407</v>
+      </c>
+      <c r="AX5" s="4">
+        <v>45509</v>
+      </c>
+      <c r="AY5" s="4">
+        <v>45400</v>
+      </c>
+      <c r="AZ5" s="4">
+        <v>45400</v>
+      </c>
+      <c r="BA5" s="4">
+        <v>45664</v>
+      </c>
+      <c r="BB5" s="4">
+        <v>45692</v>
+      </c>
+      <c r="BC5" s="3">
+        <v>45685</v>
+      </c>
+      <c r="BD5" s="4">
+        <v>45755</v>
+      </c>
+      <c r="BE5" s="4">
+        <v>45908</v>
+      </c>
+      <c r="BF5" s="3">
+        <v>45915</v>
+      </c>
+      <c r="BG5" s="4">
+        <v>45950</v>
+      </c>
+      <c r="BH5" s="4">
+        <v>45951</v>
+      </c>
+      <c r="BI5" s="4">
+        <v>45621</v>
+      </c>
+      <c r="BJ5" s="4">
+        <v>45959</v>
+      </c>
+      <c r="BK5" s="4">
+        <v>45967</v>
+      </c>
+      <c r="BL5" s="4">
+        <v>45968</v>
+      </c>
+      <c r="BM5" s="4">
+        <v>46029</v>
+      </c>
+      <c r="BN5" s="4">
+        <v>45748</v>
+      </c>
+      <c r="BO5" s="17">
+        <v>46051</v>
       </c>
     </row>
-    <row r="4" spans="1:66" ht="31" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F4" s="11" t="s">
+    <row r="6" spans="1:67" x14ac:dyDescent="0.3">
+      <c r="A6" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="R6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="S6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="T6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="U6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="V6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="W6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="X6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AK6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AL6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AM6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AN6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AO6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AP6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AQ6" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AR6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AS6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AT6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AU6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AV6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AW6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AX6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AY6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AZ6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BA6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BB6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BC6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BD6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BE6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BF6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BG6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BH6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BI6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BJ6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BK6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BL6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BM6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BN6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BO6" s="6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+      <c r="A7" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" s="3">
+        <v>46103</v>
+      </c>
+      <c r="C7" s="3">
+        <v>47026</v>
+      </c>
+      <c r="D7" s="3">
+        <v>47412</v>
+      </c>
+      <c r="E7" s="2">
+        <v>47131</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7" s="2">
+        <v>47135</v>
+      </c>
+      <c r="I7" s="2">
+        <v>47137</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7" s="3">
+        <v>46588</v>
+      </c>
+      <c r="M7" s="3">
+        <v>46189</v>
+      </c>
+      <c r="N7" s="3">
+        <v>46103</v>
+      </c>
+      <c r="O7" s="3">
+        <v>46103</v>
+      </c>
+      <c r="P7" s="3">
+        <v>47383</v>
+      </c>
+      <c r="Q7" s="3">
+        <v>46979</v>
+      </c>
+      <c r="R7" s="4">
+        <v>45977</v>
+      </c>
+      <c r="S7" s="5">
+        <v>46347</v>
+      </c>
+      <c r="T7" s="5">
+        <v>47834</v>
+      </c>
+      <c r="U7" s="5">
+        <v>47834</v>
+      </c>
+      <c r="V7" s="5">
+        <v>47834</v>
+      </c>
+      <c r="W7" s="5">
+        <v>46456</v>
+      </c>
+      <c r="X7" s="5">
+        <v>47026</v>
+      </c>
+      <c r="Y7" s="5">
+        <v>46365</v>
+      </c>
+      <c r="Z7" s="5">
+        <v>46358</v>
+      </c>
+      <c r="AA7" s="5">
+        <v>46063</v>
+      </c>
+      <c r="AB7" s="5">
+        <v>46365</v>
+      </c>
+      <c r="AC7" s="5">
+        <v>46474</v>
+      </c>
+      <c r="AD7" s="5">
+        <v>46455</v>
+      </c>
+      <c r="AE7" s="5">
+        <v>46001</v>
+      </c>
+      <c r="AF7" s="5">
+        <v>47057</v>
+      </c>
+      <c r="AG7" s="5">
+        <v>46565</v>
+      </c>
+      <c r="AH7" s="5">
+        <v>46103</v>
+      </c>
+      <c r="AI7" s="5">
+        <v>46502</v>
+      </c>
+      <c r="AJ7" s="5">
+        <v>47348</v>
+      </c>
+      <c r="AK7" s="5">
+        <v>47805</v>
+      </c>
+      <c r="AL7" s="5">
+        <v>47453</v>
+      </c>
+      <c r="AM7" s="5">
+        <v>46501</v>
+      </c>
+      <c r="AN7" s="4">
+        <v>47122</v>
+      </c>
+      <c r="AO7" s="4">
+        <v>47167</v>
+      </c>
+      <c r="AP7" s="4">
+        <v>47167</v>
+      </c>
+      <c r="AQ7" s="4">
+        <v>47167</v>
+      </c>
+      <c r="AR7" s="4">
+        <v>47266</v>
+      </c>
+      <c r="AS7" s="17">
+        <v>47432</v>
+      </c>
+      <c r="AT7" s="17">
+        <v>47432</v>
+      </c>
+      <c r="AU7" s="4">
+        <v>47441</v>
+      </c>
+      <c r="AV7" s="14">
+        <v>47443</v>
+      </c>
+      <c r="AW7" s="4">
+        <v>47232</v>
+      </c>
+      <c r="AX7" s="4">
+        <v>47334</v>
+      </c>
+      <c r="AY7" s="4">
+        <v>47225</v>
+      </c>
+      <c r="AZ7" s="4">
+        <v>47225</v>
+      </c>
+      <c r="BA7" s="4">
+        <v>47489</v>
+      </c>
+      <c r="BB7" s="4">
+        <v>47471</v>
+      </c>
+      <c r="BC7" s="3">
+        <v>47510</v>
+      </c>
+      <c r="BD7" s="4">
+        <v>47580</v>
+      </c>
+      <c r="BE7" s="4">
+        <v>47733</v>
+      </c>
+      <c r="BF7" s="3">
+        <v>47740</v>
+      </c>
+      <c r="BG7" s="4">
+        <v>47775</v>
+      </c>
+      <c r="BH7" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="BI7" s="4">
+        <v>47446</v>
+      </c>
+      <c r="BJ7" s="4">
+        <v>47784</v>
+      </c>
+      <c r="BK7" s="4">
+        <v>47792</v>
+      </c>
+      <c r="BL7" s="4">
+        <v>47793</v>
+      </c>
+      <c r="BM7" s="4">
+        <v>47854</v>
+      </c>
+      <c r="BN7" s="4">
+        <v>47573</v>
+      </c>
+      <c r="BO7" s="17">
+        <v>47876</v>
+      </c>
+    </row>
+    <row r="8" spans="1:67" x14ac:dyDescent="0.3">
+      <c r="A8" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="S8" s="9"/>
+      <c r="T8" s="9"/>
+      <c r="U8" s="9"/>
+      <c r="V8" s="9"/>
+      <c r="W8" s="9"/>
+      <c r="X8" s="9"/>
+      <c r="Y8" s="9"/>
+      <c r="Z8" s="9"/>
+      <c r="AA8" s="9"/>
+      <c r="AB8" s="9"/>
+      <c r="AC8" s="20"/>
+      <c r="AD8" s="20"/>
+      <c r="AE8" s="20"/>
+      <c r="AF8" s="20"/>
+      <c r="AG8" s="20"/>
+      <c r="AH8" s="20"/>
+      <c r="AI8" s="20"/>
+      <c r="AO8" s="20"/>
+      <c r="AP8" s="20"/>
+      <c r="AQ8" s="20"/>
+      <c r="BF8" s="1"/>
+    </row>
+    <row r="9" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+      <c r="A9" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="1">
+        <v>3</v>
+      </c>
+      <c r="C9" s="1">
+        <v>2</v>
+      </c>
+      <c r="D9" s="1">
+        <v>3</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2</v>
+      </c>
+      <c r="F9" s="1">
+        <v>3</v>
+      </c>
+      <c r="G9" s="1">
+        <v>2</v>
+      </c>
+      <c r="H9" s="1">
+        <v>2</v>
+      </c>
+      <c r="I9" s="1">
+        <v>3</v>
+      </c>
+      <c r="J9" s="1">
+        <v>3</v>
+      </c>
+      <c r="K9" s="1">
+        <v>2</v>
+      </c>
+      <c r="L9" s="1">
+        <v>2</v>
+      </c>
+      <c r="M9" s="1">
+        <v>3</v>
+      </c>
+      <c r="N9" s="1">
+        <v>2</v>
+      </c>
+      <c r="O9" s="1">
+        <v>2</v>
+      </c>
+      <c r="P9" s="1">
+        <v>2</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>2</v>
+      </c>
+      <c r="R9" s="1">
+        <v>2</v>
+      </c>
+      <c r="S9" s="9">
+        <v>3</v>
+      </c>
+      <c r="T9" s="9">
+        <v>2</v>
+      </c>
+      <c r="U9" s="9">
+        <v>2</v>
+      </c>
+      <c r="V9" s="9">
+        <v>2</v>
+      </c>
+      <c r="W9" s="9">
+        <v>2</v>
+      </c>
+      <c r="X9" s="9">
+        <v>2</v>
+      </c>
+      <c r="Y9" s="19">
+        <v>3</v>
+      </c>
+      <c r="Z9" s="9">
+        <v>2</v>
+      </c>
+      <c r="AA9" s="9">
+        <v>3</v>
+      </c>
+      <c r="AB9" s="9">
+        <v>2</v>
+      </c>
+      <c r="AC9" s="20">
+        <v>3</v>
+      </c>
+      <c r="AD9" s="20">
+        <v>3</v>
+      </c>
+      <c r="AE9" s="20">
+        <v>4</v>
+      </c>
+      <c r="AF9" s="20">
+        <v>3</v>
+      </c>
+      <c r="AG9" s="20">
+        <v>2</v>
+      </c>
+      <c r="AH9" s="20">
+        <v>1</v>
+      </c>
+      <c r="AI9" s="20">
+        <v>3</v>
+      </c>
+      <c r="AJ9" s="20">
+        <v>2</v>
+      </c>
+      <c r="AK9" s="20">
+        <v>2</v>
+      </c>
+      <c r="AL9" s="20">
+        <v>3</v>
+      </c>
+      <c r="AM9" s="20">
+        <v>2</v>
+      </c>
+      <c r="AN9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AO9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AP9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AQ9" s="6">
+        <v>2</v>
+      </c>
+      <c r="AR9" s="6">
+        <v>2</v>
+      </c>
+      <c r="AS9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AT9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AU9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AV9" s="6">
+        <v>2</v>
+      </c>
+      <c r="AW9" s="6">
+        <v>2</v>
+      </c>
+      <c r="AX9" s="6">
+        <v>3</v>
+      </c>
+      <c r="AY9" s="6">
+        <v>2</v>
+      </c>
+      <c r="AZ9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BA9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BB9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BC9" s="1">
+        <v>2</v>
+      </c>
+      <c r="BD9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BE9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BF9" s="1">
+        <v>3</v>
+      </c>
+      <c r="BG9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BH9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BI9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BJ9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BK9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BL9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BM9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BN9" s="6">
+        <v>3</v>
+      </c>
+      <c r="BO9" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:67" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="S10" s="9"/>
+      <c r="T10" s="9"/>
+      <c r="U10" s="9"/>
+      <c r="V10" s="9"/>
+      <c r="W10" s="9"/>
+      <c r="X10" s="9"/>
+      <c r="Y10" s="9"/>
+      <c r="Z10" s="9"/>
+      <c r="AA10" s="9"/>
+      <c r="AB10" s="9"/>
+      <c r="AC10" s="20"/>
+      <c r="AD10" s="20"/>
+      <c r="AE10" s="20"/>
+      <c r="AF10" s="20"/>
+      <c r="AG10" s="20"/>
+      <c r="AH10" s="20"/>
+      <c r="AI10" s="20"/>
+      <c r="BF10" s="1"/>
+    </row>
+    <row r="11" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+      <c r="A11" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" s="1">
+        <v>5</v>
+      </c>
+      <c r="C11" s="1">
+        <v>4</v>
+      </c>
+      <c r="D11" s="1">
+        <v>5</v>
+      </c>
+      <c r="E11" s="1">
+        <v>4</v>
+      </c>
+      <c r="F11" s="1">
+        <v>5</v>
+      </c>
+      <c r="G11" s="1">
+        <v>6</v>
+      </c>
+      <c r="H11" s="1">
+        <v>5</v>
+      </c>
+      <c r="I11" s="1">
+        <v>6</v>
+      </c>
+      <c r="J11" s="1">
+        <v>5</v>
+      </c>
+      <c r="K11" s="1">
+        <v>5</v>
+      </c>
+      <c r="L11" s="1">
+        <v>6</v>
+      </c>
+      <c r="M11" s="1">
+        <v>6</v>
+      </c>
+      <c r="N11" s="1">
+        <v>5</v>
+      </c>
+      <c r="O11" s="1">
+        <v>5</v>
+      </c>
+      <c r="P11" s="1">
+        <v>6</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>6</v>
+      </c>
+      <c r="R11" s="1">
+        <v>6</v>
+      </c>
+      <c r="S11" s="9">
+        <v>7</v>
+      </c>
+      <c r="T11" s="9">
+        <v>5</v>
+      </c>
+      <c r="U11" s="9">
+        <v>5</v>
+      </c>
+      <c r="V11" s="9">
+        <v>5</v>
+      </c>
+      <c r="W11" s="9">
+        <v>5</v>
+      </c>
+      <c r="X11" s="9">
+        <v>6</v>
+      </c>
+      <c r="Y11" s="9">
+        <v>5</v>
+      </c>
+      <c r="Z11" s="9">
+        <v>5</v>
+      </c>
+      <c r="AA11" s="9">
+        <v>5</v>
+      </c>
+      <c r="AB11" s="9">
+        <v>5</v>
+      </c>
+      <c r="AC11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AD11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AE11" s="20">
         <v>41</v>
       </c>
-      <c r="G4" s="11" t="s">
-[...177 lines deleted...]
-        <v>128</v>
+      <c r="AF11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AG11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AH11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AI11" s="20">
+        <v>5</v>
+      </c>
+      <c r="AJ11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AK11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AL11" s="20">
+        <v>6</v>
+      </c>
+      <c r="AM11" s="20">
+        <v>5</v>
+      </c>
+      <c r="AN11" s="6">
+        <v>9</v>
+      </c>
+      <c r="AO11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AP11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AQ11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AR11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AT11" s="6">
+        <v>5</v>
+      </c>
+      <c r="AU11" s="6">
+        <v>5</v>
+      </c>
+      <c r="AV11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AW11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AX11" s="6">
+        <v>6</v>
+      </c>
+      <c r="AY11" s="6">
+        <v>16</v>
+      </c>
+      <c r="AZ11" s="6">
+        <v>16</v>
+      </c>
+      <c r="BA11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BB11" s="6">
+        <v>5</v>
+      </c>
+      <c r="BC11" s="1">
+        <v>6</v>
+      </c>
+      <c r="BD11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BE11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BF11" s="1">
+        <v>5</v>
+      </c>
+      <c r="BG11" s="6">
+        <v>5</v>
+      </c>
+      <c r="BH11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BI11" s="6">
+        <v>8</v>
+      </c>
+      <c r="BJ11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BK11" s="6">
+        <v>5</v>
+      </c>
+      <c r="BL11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BM11" s="6">
+        <v>5</v>
+      </c>
+      <c r="BN11" s="6">
+        <v>5</v>
+      </c>
+      <c r="BO11" s="6">
+        <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:66" ht="31" x14ac:dyDescent="0.35">
-[...196 lines deleted...]
-        <v>45967</v>
+    <row r="12" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+      <c r="A12" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0</v>
+      </c>
+      <c r="C12" s="1">
+        <v>0</v>
+      </c>
+      <c r="D12" s="1">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>0</v>
+      </c>
+      <c r="F12" s="1">
+        <v>0</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>0</v>
+      </c>
+      <c r="I12" s="1">
+        <v>0</v>
+      </c>
+      <c r="J12" s="1">
+        <v>0</v>
+      </c>
+      <c r="K12" s="1">
+        <v>0</v>
+      </c>
+      <c r="L12" s="1">
+        <v>0</v>
+      </c>
+      <c r="M12" s="1">
+        <v>0</v>
+      </c>
+      <c r="N12" s="1">
+        <v>0</v>
+      </c>
+      <c r="O12" s="1">
+        <v>0</v>
+      </c>
+      <c r="P12" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="1">
+        <v>1</v>
+      </c>
+      <c r="R12" s="1">
+        <v>2</v>
+      </c>
+      <c r="S12" s="9">
+        <v>0</v>
+      </c>
+      <c r="T12" s="9">
+        <v>0</v>
+      </c>
+      <c r="U12" s="9">
+        <v>0</v>
+      </c>
+      <c r="V12" s="9">
+        <v>0</v>
+      </c>
+      <c r="W12" s="9">
+        <v>0</v>
+      </c>
+      <c r="X12" s="9">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="9">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB12" s="9">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="20">
+        <v>1</v>
+      </c>
+      <c r="AD12" s="20">
+        <v>1</v>
+      </c>
+      <c r="AE12" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF12" s="20">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="20">
+        <v>0</v>
+      </c>
+      <c r="AH12" s="20">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="20">
+        <v>0</v>
+      </c>
+      <c r="AK12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AL12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AM12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AN12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AO12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AP12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AQ12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AR12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AS12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AT12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AU12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AV12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AW12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AX12" s="6">
+        <v>1</v>
+      </c>
+      <c r="AY12" s="6">
+        <v>0</v>
+      </c>
+      <c r="AZ12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BA12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BB12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BC12" s="1">
+        <v>1</v>
+      </c>
+      <c r="BD12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BE12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BF12" s="1">
+        <v>0</v>
+      </c>
+      <c r="BG12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BH12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BI12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BJ12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BK12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BL12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BM12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BN12" s="6">
+        <v>1</v>
+      </c>
+      <c r="BO12" s="6">
+        <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:66" x14ac:dyDescent="0.35">
-[...197 lines deleted...]
-      </c>
+    <row r="13" spans="1:67" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="S13" s="9"/>
+      <c r="T13" s="9"/>
+      <c r="U13" s="9"/>
+      <c r="V13" s="9"/>
+      <c r="W13" s="9"/>
+      <c r="X13" s="9"/>
+      <c r="Y13" s="9"/>
+      <c r="Z13" s="9"/>
+      <c r="AA13" s="9"/>
+      <c r="AB13" s="9"/>
+      <c r="AC13" s="20"/>
+      <c r="AD13" s="20"/>
+      <c r="AE13" s="20"/>
+      <c r="AF13" s="20"/>
+      <c r="AG13" s="20"/>
+      <c r="AH13" s="20"/>
+      <c r="AI13" s="20"/>
+      <c r="BA13" s="15"/>
+      <c r="BB13" s="15"/>
+      <c r="BF13" s="1"/>
     </row>
-    <row r="7" spans="1:66" ht="30.9" customHeight="1" x14ac:dyDescent="0.35">
-[...464 lines deleted...]
-      <c r="A10" s="17" t="s">
+    <row r="14" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+      <c r="A14" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B10" s="11"/>
-[...63 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="C14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="M14" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B11" s="11">
-[...196 lines deleted...]
-      <c r="A12" s="15" t="s">
+      <c r="N14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="O14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="P14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="R14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="T14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="U14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="V14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="X14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="Z14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB14" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC14" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="B12" s="11">
-[...194 lines deleted...]
-      <c r="A13" s="17" t="s">
+      <c r="AD14" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE14" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF14" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH14" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="B13" s="11"/>
-[...63 lines deleted...]
-      <c r="A14" s="15" t="s">
+      <c r="AI14" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ14" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="AK14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL14" s="9" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...98 lines deleted...]
-      <c r="AJ14" s="18" t="s">
+      <c r="AM14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN14" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="AK14" s="18" t="s">
-[...27 lines deleted...]
-        <v>76</v>
+      <c r="AO14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AQ14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR14" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS14" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT14" s="9" t="s">
+        <v>71</v>
       </c>
       <c r="AU14" s="1" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="AV14" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="AV14" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AW14" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AX14" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="AY14" s="18" t="s">
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="AY14" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="AZ14" s="22" t="s">
+        <v>112</v>
       </c>
       <c r="BA14" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="BB14" s="1" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="BD14" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="BC14" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD14" s="6" t="s">
         <v>119</v>
       </c>
       <c r="BE14" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="BF14" s="1" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="BG14" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="BH14" s="1" t="s">
-[...18 lines deleted...]
-        <v>120</v>
+      <c r="BG14" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="BH14" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="BI14" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="BJ14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="BK14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="BL14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="BM14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="BN14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="BO14" s="6" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="15" spans="1:66" ht="46.5" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>78</v>
+    <row r="15" spans="1:67" ht="75" x14ac:dyDescent="0.3">
+      <c r="A15" s="7" t="s">
+        <v>73</v>
       </c>
       <c r="B15" s="1">
         <v>6</v>
       </c>
       <c r="C15" s="1">
         <v>8</v>
       </c>
       <c r="D15" s="1">
         <v>5</v>
       </c>
       <c r="E15" s="1">
         <v>8</v>
       </c>
       <c r="F15" s="1">
         <v>6</v>
       </c>
       <c r="G15" s="1">
         <v>6</v>
       </c>
       <c r="H15" s="1">
         <v>9</v>
       </c>
       <c r="I15" s="1">
         <v>10</v>
       </c>
       <c r="J15" s="1">
         <v>5</v>
       </c>
       <c r="K15" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L15" s="1">
         <v>6</v>
       </c>
       <c r="M15" s="1">
         <v>6</v>
       </c>
       <c r="N15" s="1">
         <v>10</v>
       </c>
       <c r="O15" s="1">
         <v>6</v>
       </c>
       <c r="P15" s="1">
         <v>6</v>
       </c>
       <c r="Q15" s="1">
         <v>6</v>
       </c>
       <c r="R15" s="1">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="T15" s="18">
+        <v>6</v>
+      </c>
+      <c r="S15" s="9">
         <v>7</v>
       </c>
-      <c r="U15" s="18">
-[...14 lines deleted...]
-      <c r="Z15" s="29">
+      <c r="T15" s="9">
+        <v>6</v>
+      </c>
+      <c r="U15" s="9">
+        <v>6</v>
+      </c>
+      <c r="V15" s="9">
+        <v>6</v>
+      </c>
+      <c r="W15" s="9">
+        <v>6</v>
+      </c>
+      <c r="X15" s="9">
+        <v>6</v>
+      </c>
+      <c r="Y15" s="19">
         <v>8</v>
       </c>
-      <c r="AA15" s="18">
-[...14 lines deleted...]
-      <c r="AF15" s="18">
+      <c r="Z15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AA15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AB15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AC15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AD15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AE15" s="9">
         <v>41</v>
       </c>
-      <c r="AG15" s="30">
-[...8 lines deleted...]
-      <c r="AJ15" s="18">
+      <c r="AF15" s="20">
+        <v>6</v>
+      </c>
+      <c r="AG15" s="9">
+        <v>6</v>
+      </c>
+      <c r="AH15" s="9">
         <v>10</v>
       </c>
-      <c r="AK15" s="18">
+      <c r="AI15" s="9">
         <v>10</v>
       </c>
-      <c r="AL15" s="8">
-[...14 lines deleted...]
-      <c r="AQ15" s="8">
+      <c r="AJ15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AK15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AL15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AM15" s="6">
+        <v>5</v>
+      </c>
+      <c r="AN15" s="6">
         <v>9</v>
       </c>
-      <c r="AR15" s="8">
-[...29 lines deleted...]
-      <c r="BB15" s="8">
+      <c r="AO15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AP15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AQ15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AR15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AS15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AT15" s="6">
+        <v>5</v>
+      </c>
+      <c r="AU15" s="6">
+        <v>5</v>
+      </c>
+      <c r="AV15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AW15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AX15" s="6">
+        <v>6</v>
+      </c>
+      <c r="AY15" s="6">
         <v>16</v>
       </c>
-      <c r="BC15" s="28">
+      <c r="AZ15" s="18">
         <v>16</v>
       </c>
-      <c r="BD15" s="1">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="BA15" s="1">
+        <v>6</v>
+      </c>
+      <c r="BB15" s="1">
+        <v>5</v>
+      </c>
+      <c r="BC15" s="1">
+        <v>6</v>
+      </c>
+      <c r="BD15" s="6">
+        <v>6</v>
+      </c>
+      <c r="BE15" s="6">
+        <v>6</v>
       </c>
       <c r="BF15" s="1">
-        <v>6</v>
-[...7 lines deleted...]
-      <c r="BI15" s="1">
         <v>8</v>
       </c>
-      <c r="BJ15" s="8">
-[...5 lines deleted...]
-      <c r="BL15" s="8">
+      <c r="BG15" s="6">
+        <v>5</v>
+      </c>
+      <c r="BH15" s="6">
+        <v>6</v>
+      </c>
+      <c r="BI15" s="6">
         <v>8</v>
       </c>
-      <c r="BM15" s="8">
-[...2 lines deleted...]
-      <c r="BN15" s="8">
+      <c r="BJ15" s="6">
+        <v>6</v>
+      </c>
+      <c r="BK15" s="6">
+        <v>5</v>
+      </c>
+      <c r="BL15" s="6">
+        <v>6</v>
+      </c>
+      <c r="BM15" s="6">
+        <v>5</v>
+      </c>
+      <c r="BN15" s="6">
+        <v>5</v>
+      </c>
+      <c r="BO15" s="6">
         <v>5</v>
       </c>
     </row>
-    <row r="16" spans="1:66" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="BE16" s="25"/>
+    <row r="16" spans="1:67" x14ac:dyDescent="0.3">
+      <c r="AC16" s="9"/>
+      <c r="BA16" s="25"/>
+      <c r="BB16" s="25"/>
     </row>
-    <row r="17" spans="30:39" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="AM17" s="8"/>
+    <row r="17" spans="29:29" x14ac:dyDescent="0.3">
+      <c r="AC17" s="9"/>
     </row>
-    <row r="18" spans="30:39" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="AM18" s="8"/>
+    <row r="18" spans="29:29" x14ac:dyDescent="0.3">
+      <c r="AC18" s="9"/>
     </row>
-    <row r="19" spans="30:39" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="AD19" s="10"/>
+    <row r="19" spans="29:29" x14ac:dyDescent="0.3">
+      <c r="AC19" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>