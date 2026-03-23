--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://broxbourne-my.sharepoint.com/personal/oliver_palmen_broxbourne_gov_uk/Documents/Documents/Digital Services/2026/February/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Environmental Health\Residential\Private Sector Housing\HOUSING\HMO\HMO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6CE6A10A-A829-466F-B851-952A5F15FEEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25C2711C-90BC-493B-8129-06ABCD4053CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="422" xr2:uid="{5E7CEBFB-22EE-4552-9ED3-9B013792EDF5}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="422" xr2:uid="{5E7CEBFB-22EE-4552-9ED3-9B013792EDF5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -82,51 +82,51 @@
   <c r="AD1" i="1" s="1"/>
   <c r="AE1" i="1" s="1"/>
   <c r="AF1" i="1" s="1"/>
   <c r="AJ1" i="1" s="1"/>
   <c r="AM1" i="1" s="1"/>
   <c r="AN1" i="1" s="1"/>
   <c r="AP1" i="1" s="1"/>
   <c r="AQ1" i="1" s="1"/>
   <c r="AR1" i="1" s="1"/>
   <c r="AS1" i="1" s="1"/>
   <c r="AT1" i="1" s="1"/>
   <c r="AU1" i="1" s="1"/>
   <c r="AV1" i="1" s="1"/>
   <c r="AW1" i="1" s="1"/>
   <c r="AX1" i="1" s="1"/>
   <c r="AY1" i="1" s="1"/>
   <c r="AZ1" i="1" s="1"/>
   <c r="BA1" i="1" s="1"/>
   <c r="BB1" i="1" s="1"/>
   <c r="BC1" i="1" s="1"/>
   <c r="BD1" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="140">
   <si>
     <t>Address of the licensed HMO;</t>
   </si>
   <si>
     <t>21 Central Avenue Waltham Cross, Hertfordshire,     EN8 7JH</t>
   </si>
   <si>
     <t>23 Central Avenue  Waltham Cross, Hertfordshire,         EN8 7JH</t>
   </si>
   <si>
     <t>91 Swanfield Road Waltham Cross, Hertfordshire,        EN8 7JP</t>
   </si>
   <si>
     <t>93A High Street      Waltham Cross, Hertfordshire,           EN8 7AQ</t>
   </si>
   <si>
     <t>1 Pine Close, Cheshunt, Hertfordshire, EN8 0NG</t>
   </si>
   <si>
     <t>3A Stoneleigh Close, Waltham Cross, Hertfordshire,               EN8 8AZ</t>
   </si>
   <si>
     <t>3B Stoneleigh Close, Waltham Cross, Hertfordshire,                   EN8 8AZ</t>
   </si>
   <si>
@@ -386,168 +386,174 @@
   <si>
     <t>2A Churchfield Path, Cheshunt,   Hertfordshire,               EN8 9EG</t>
   </si>
   <si>
     <t>11 Clement Road, Cheshunt, Hertfordshire,      EN8 0LF</t>
   </si>
   <si>
     <t>8 Mcadam Close, Hoddesdon, Hertfordshire,     EN11 9JD</t>
   </si>
   <si>
     <t>9 Mcadam Close, Hoddesdon, Hertfordshire,     EN11 9JD</t>
   </si>
   <si>
     <t>83 Pear Tree Walk, Cheshunt, Hertfordshire,        EN7 6RE</t>
   </si>
   <si>
     <t>14 Castle Road, Hoddesdon, Hertfordshire, EN11 0NQ</t>
   </si>
   <si>
     <t>1 Kitchen and 2 bathrooms</t>
   </si>
   <si>
     <t>2 Kitchens</t>
   </si>
   <si>
-    <t>24 Forest Road, Cheshunt, Hertfordshire, EN8 9DB.</t>
-[...1 lines deleted...]
-  <si>
     <t>1 Kitchen            1 Bathroom</t>
   </si>
   <si>
     <t>23 Rumbold Road, Hoddesdon, Hertfordshire,    EN11 0LP</t>
   </si>
   <si>
     <t>24 St Catharines Road, Broxbourne, Hertfordshire,          EN10 7LE.</t>
   </si>
   <si>
     <t>1 Ktchen</t>
   </si>
   <si>
-    <t>45 York Road, Waltham Cross, Hertfordshire, EN8 7HJ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1 Kitchen             2 Bathroom </t>
   </si>
   <si>
-    <t>14 Hurst Drive, Waltham Cross, Herts,             EN8 8DG</t>
-[...1 lines deleted...]
-  <si>
     <t>138 High Street, Cheshunt, Hertfordshire,           EN8 0AP</t>
   </si>
   <si>
     <t>54 College Road, Cheshunt, Hertfordshire,    EN8 9NN</t>
   </si>
   <si>
     <t>Standard   Conditions</t>
   </si>
   <si>
-    <t>Block A, Vicarage Court, Hoddesdon, Hertfordshire, EN11 8TP</t>
-[...4 lines deleted...]
-  <si>
     <t>16 Bed HMO</t>
   </si>
   <si>
     <t xml:space="preserve">Kitchen (double) x 2 </t>
   </si>
   <si>
-    <t>26 Church Lane, Cheshunt, Hertfordshire, EN8 0DY.</t>
-[...1 lines deleted...]
-  <si>
     <t>Gym/shower room/toilet/kitchen</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
-    <t>57 Brookfield Lane East, Cheshunt, Hertfordshire, EN8 0PZ</t>
-[...4 lines deleted...]
-  <si>
     <t>Kitchen/diner</t>
   </si>
   <si>
     <t>2 Kitchen</t>
   </si>
   <si>
     <t>44 Cromwell Avenue, Cheshunt, Hertfordshire,           EN7 5DN.</t>
   </si>
   <si>
     <t>22 Tudor Avenue, Cheshunt, Hertfordshire,     EN7 5AU</t>
   </si>
   <si>
-    <t>24 College Road, Cheshunt, Hertfordshire, EN8 9NS</t>
-[...1 lines deleted...]
-  <si>
     <t>Standard       Conditions</t>
   </si>
   <si>
     <t>Kitchen - 1 Bathroom 2</t>
   </si>
   <si>
     <t>43 Hedworth Avenue, Waltham Cross,       Herts                           EN8 8AP</t>
   </si>
   <si>
     <t>83 Queens Road, WALTHAM CROSS, Hertfordshire,         EN8 7HP</t>
   </si>
   <si>
-    <t>24 Theobalds Lane, Cheshunt, Hertfordshire, EN8 8RH</t>
-[...1 lines deleted...]
-  <si>
     <t>20/102030</t>
   </si>
   <si>
     <t>8 Bed HMO</t>
   </si>
   <si>
-    <t>109 Blindmans Lane, Cheshunt, Hertfordshire, EN8 9DN</t>
-[...4 lines deleted...]
-  <si>
     <t>43 Whitley Road, Hoddesdon, Hertfordshire, EN11 0PT</t>
   </si>
   <si>
     <t>6 Months</t>
   </si>
   <si>
     <t>6 Oldfield Drive, Cheshunt, Hertfordshire,    EN8 0JL</t>
   </si>
   <si>
     <t>11 Forest Road, Cheshunt, Hertfordshire,   EN8 9DB</t>
   </si>
   <si>
     <t>Angela Lodge,            38 Crossbrook Street, Cheshunt, Hertfordshire,           EN8 8JQ</t>
   </si>
   <si>
     <t>60 Raglan Avenue, Waltham Cross, Hertfordshire,    EN8 8DA</t>
+  </si>
+  <si>
+    <t>92 Great Cambridge Road, Cheshunt,          Hertfordshire,                    EN8 9ES</t>
+  </si>
+  <si>
+    <t>24 Forest Road, Cheshunt, Hertfordshire,    EN8 9DB.</t>
+  </si>
+  <si>
+    <t>14 Hurst Drive, Waltham Cross, Herts,                 EN8 8DG</t>
+  </si>
+  <si>
+    <t>45 York Road, Waltham Cross, Hertfordshire,    EN8 7HJ</t>
+  </si>
+  <si>
+    <t>Block A,     Vicarage Court, Hoddesdon, Hertfordshire, EN11 8TP</t>
+  </si>
+  <si>
+    <t>Block B,     Vicarage Court, Hoddesdon, Hertfordshire,  EN11 8TP</t>
+  </si>
+  <si>
+    <t>26 Church Lane, Cheshunt, Hertfordshire,    EN8 0DY.</t>
+  </si>
+  <si>
+    <t>57 Brookfield Lane East, Cheshunt,          Hertfordshire,                   EN8 0PZ</t>
+  </si>
+  <si>
+    <t>10 Oakdene. Cheshunt, Hertfordshire,     EN8 9JA</t>
+  </si>
+  <si>
+    <t>24 College Road, Cheshunt, Hertfordshire,    EN8 9NS</t>
+  </si>
+  <si>
+    <t>24 Theobalds Lane, Cheshunt, Hertfordshire,          EN8 8RH</t>
+  </si>
+  <si>
+    <t>109 Blindmans Lane, Cheshunt, Hertfordshire,         EN8 9DN</t>
+  </si>
+  <si>
+    <t>105 Leven Drive, Waltham Cross, Hertfordshire,    EN8 8BB</t>
+  </si>
+  <si>
+    <t>79 Leven Drive, Waltham Cross, Hertfordshire, EN8 8AX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -580,117 +586,104 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -719,53 +712,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -1045,67 +1035,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E53F99-40E1-4E98-9F67-37F228D99C65}">
-  <dimension ref="A1:BO19"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:BQ18"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="BC1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="19.33203125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="19.36328125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.33203125" style="1"/>
-[...2 lines deleted...]
-    <col min="56" max="63" width="19.33203125" style="6"/>
+    <col min="1" max="1" width="19.36328125" style="1"/>
+    <col min="2" max="38" width="19.36328125" style="6" customWidth="1"/>
+    <col min="39" max="39" width="23.6328125" style="6" customWidth="1"/>
+    <col min="40" max="47" width="19.36328125" style="6" customWidth="1"/>
+    <col min="48" max="48" width="24.08984375" style="6" customWidth="1"/>
+    <col min="49" max="53" width="19.36328125" style="6" customWidth="1"/>
+    <col min="54" max="54" width="27.6328125" style="6" customWidth="1"/>
+    <col min="55" max="55" width="19.36328125" style="1" customWidth="1"/>
+    <col min="56" max="56" width="22.54296875" style="6" customWidth="1"/>
+    <col min="57" max="57" width="19.36328125" style="6" customWidth="1"/>
+    <col min="58" max="58" width="24.90625" style="6" customWidth="1"/>
+    <col min="59" max="59" width="19.36328125" style="6" customWidth="1"/>
+    <col min="60" max="60" width="22.54296875" style="6" customWidth="1"/>
+    <col min="61" max="61" width="22" style="6" customWidth="1"/>
+    <col min="62" max="63" width="19.36328125" style="6" customWidth="1"/>
     <col min="64" max="64" width="23" style="6" customWidth="1"/>
-    <col min="65" max="16384" width="19.33203125" style="6"/>
+    <col min="65" max="67" width="19.36328125" style="6" customWidth="1"/>
+    <col min="68" max="68" width="28" style="6" customWidth="1"/>
+    <col min="69" max="16384" width="19.36328125" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:67" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:69" x14ac:dyDescent="0.35">
       <c r="B1" s="10">
         <v>1</v>
       </c>
       <c r="C1" s="10">
         <f>B1+1</f>
         <v>2</v>
       </c>
       <c r="D1" s="10">
         <f t="shared" ref="D1:AJ1" si="0">C1+1</f>
         <v>3</v>
       </c>
       <c r="E1" s="10">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="F1" s="10">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="G1" s="10">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="H1" s="10">
         <f t="shared" si="0"/>
@@ -1303,52 +1307,58 @@
       </c>
       <c r="BH1" s="10">
         <v>59</v>
       </c>
       <c r="BI1" s="10">
         <v>60</v>
       </c>
       <c r="BJ1" s="10">
         <v>61</v>
       </c>
       <c r="BK1" s="10">
         <v>62</v>
       </c>
       <c r="BL1" s="10">
         <v>63</v>
       </c>
       <c r="BM1" s="10">
         <v>64</v>
       </c>
       <c r="BN1" s="10">
         <v>65</v>
       </c>
       <c r="BO1" s="10">
         <v>66</v>
       </c>
+      <c r="BP1" s="10">
+        <v>67</v>
+      </c>
+      <c r="BQ1" s="10">
+        <v>68</v>
+      </c>
     </row>
-    <row r="2" spans="1:67" ht="90" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:69" ht="93" x14ac:dyDescent="0.35">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="11" t="s">
         <v>76</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="11" t="s">
         <v>77</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>78</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>79</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>80</v>
       </c>
       <c r="I2" s="11" t="s">
@@ -1399,164 +1409,170 @@
       <c r="X2" s="11" t="s">
         <v>10</v>
       </c>
       <c r="Y2" s="11" t="s">
         <v>11</v>
       </c>
       <c r="Z2" s="11" t="s">
         <v>12</v>
       </c>
       <c r="AA2" s="11" t="s">
         <v>13</v>
       </c>
       <c r="AB2" s="11" t="s">
         <v>14</v>
       </c>
       <c r="AC2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="AD2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="AE2" s="9" t="s">
         <v>17</v>
       </c>
       <c r="AF2" s="9" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="AG2" s="1" t="s">
         <v>89</v>
       </c>
       <c r="AH2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AI2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AJ2" s="1" t="s">
         <v>90</v>
       </c>
       <c r="AK2" s="1" t="s">
         <v>91</v>
       </c>
       <c r="AL2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AM2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AN2" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AO2" s="1" t="s">
         <v>92</v>
       </c>
       <c r="AP2" s="1" t="s">
         <v>93</v>
       </c>
       <c r="AQ2" s="9" t="s">
         <v>94</v>
       </c>
       <c r="AR2" s="1" t="s">
         <v>95</v>
       </c>
       <c r="AS2" s="13" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="AT2" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU2" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="AV2" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="AU2" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AW2" s="1" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="AX2" s="12" t="s">
-        <v>103</v>
+        <v>129</v>
       </c>
       <c r="AY2" s="1" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="AZ2" s="1" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="BA2" s="1" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="BB2" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="BC2" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD2" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="BE2" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="BF2" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="BC2" s="1" t="s">
+      <c r="BG2" s="24" t="s">
         <v>117</v>
       </c>
-      <c r="BD2" s="1" t="s">
+      <c r="BH2" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="BI2" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="BJ2" s="24" t="s">
+        <v>138</v>
+      </c>
+      <c r="BK2" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="BE2" s="21" t="s">
+      <c r="BL2" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="BM2" s="21" t="s">
         <v>122</v>
       </c>
-      <c r="BF2" s="24" t="s">
+      <c r="BN2" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="BO2" s="21" t="s">
         <v>125</v>
       </c>
-      <c r="BG2" s="24" t="s">
+      <c r="BP2" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="BH2" s="24" t="s">
-[...21 lines deleted...]
-        <v>137</v>
+      <c r="BQ2" s="21" t="s">
+        <v>139</v>
       </c>
     </row>
-    <row r="3" spans="1:67" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:69" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>25</v>
       </c>
@@ -1659,102 +1675,108 @@
       <c r="AQ3" s="20" t="s">
         <v>27</v>
       </c>
       <c r="AR3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AS3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AT3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AU3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AV3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AW3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AX3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AY3" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="AZ3" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="BA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="BB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="BC3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BD3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BE3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BF3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="BG3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="BH3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BI3" s="6" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="BJ3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BK3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="BL3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="BM3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="BN3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="BO3" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="BP3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="BQ3" s="6" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:69" ht="31" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="1" t="s">
@@ -1862,102 +1884,108 @@
       <c r="AQ4" s="9" t="s">
         <v>35</v>
       </c>
       <c r="AR4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AS4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AT4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AU4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AV4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AW4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AX4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AY4" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="AZ4" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BA4" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BB4" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BC4" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="BD4" s="1" t="s">
         <v>46</v>
       </c>
       <c r="BE4" s="1" t="s">
         <v>46</v>
       </c>
       <c r="BF4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BG4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BH4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BI4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BJ4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BK4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BL4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BM4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BN4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="BO4" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
+      </c>
+      <c r="BP4" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="BQ4" s="1" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:69" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B5" s="4">
         <v>45923</v>
       </c>
       <c r="C5" s="3">
         <v>45566</v>
       </c>
       <c r="D5" s="3">
         <v>45587</v>
       </c>
       <c r="E5" s="2">
         <v>45305</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>48</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H5" s="2">
         <v>45309</v>
       </c>
       <c r="I5" s="2">
@@ -1993,51 +2021,51 @@
       <c r="S5" s="16">
         <v>44522</v>
       </c>
       <c r="T5" s="16">
         <v>46009</v>
       </c>
       <c r="U5" s="16">
         <v>46009</v>
       </c>
       <c r="V5" s="16">
         <v>46009</v>
       </c>
       <c r="W5" s="16">
         <v>44629</v>
       </c>
       <c r="X5" s="16">
         <v>45200</v>
       </c>
       <c r="Y5" s="16">
         <v>44540</v>
       </c>
       <c r="Z5" s="16">
         <v>44533</v>
       </c>
       <c r="AA5" s="16">
-        <v>44238</v>
+        <v>46064</v>
       </c>
       <c r="AB5" s="16">
         <v>44540</v>
       </c>
       <c r="AC5" s="16">
         <v>44649</v>
       </c>
       <c r="AD5" s="16">
         <v>44630</v>
       </c>
       <c r="AE5" s="16">
         <v>44176</v>
       </c>
       <c r="AF5" s="16">
         <v>45231</v>
       </c>
       <c r="AG5" s="16">
         <v>44740</v>
       </c>
       <c r="AH5" s="16">
         <v>44278</v>
       </c>
       <c r="AI5" s="16">
         <v>44677</v>
       </c>
@@ -2115,57 +2143,63 @@
       </c>
       <c r="BH5" s="4">
         <v>45951</v>
       </c>
       <c r="BI5" s="4">
         <v>45621</v>
       </c>
       <c r="BJ5" s="4">
         <v>45959</v>
       </c>
       <c r="BK5" s="4">
         <v>45967</v>
       </c>
       <c r="BL5" s="4">
         <v>45968</v>
       </c>
       <c r="BM5" s="4">
         <v>46029</v>
       </c>
       <c r="BN5" s="4">
         <v>45748</v>
       </c>
       <c r="BO5" s="17">
         <v>46051</v>
       </c>
+      <c r="BP5" s="3">
+        <v>46062</v>
+      </c>
+      <c r="BQ5" s="4">
+        <v>46072</v>
+      </c>
     </row>
-    <row r="6" spans="1:67" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:69" x14ac:dyDescent="0.35">
       <c r="A6" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>53</v>
       </c>
@@ -2318,52 +2352,58 @@
       </c>
       <c r="BH6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BI6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BJ6" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BK6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="BL6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="BM6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="BN6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="BO6" s="6" t="s">
         <v>53</v>
       </c>
+      <c r="BP6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="BQ6" s="6" t="s">
+        <v>53</v>
+      </c>
     </row>
-    <row r="7" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:69" ht="31" x14ac:dyDescent="0.35">
       <c r="A7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="3">
         <v>46103</v>
       </c>
       <c r="C7" s="3">
         <v>47026</v>
       </c>
       <c r="D7" s="3">
         <v>47412</v>
       </c>
       <c r="E7" s="2">
         <v>47131</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="H7" s="2">
         <v>47135</v>
       </c>
       <c r="I7" s="2">
@@ -2399,51 +2439,51 @@
       <c r="S7" s="5">
         <v>46347</v>
       </c>
       <c r="T7" s="5">
         <v>47834</v>
       </c>
       <c r="U7" s="5">
         <v>47834</v>
       </c>
       <c r="V7" s="5">
         <v>47834</v>
       </c>
       <c r="W7" s="5">
         <v>46456</v>
       </c>
       <c r="X7" s="5">
         <v>47026</v>
       </c>
       <c r="Y7" s="5">
         <v>46365</v>
       </c>
       <c r="Z7" s="5">
         <v>46358</v>
       </c>
       <c r="AA7" s="5">
-        <v>46063</v>
+        <v>47889</v>
       </c>
       <c r="AB7" s="5">
         <v>46365</v>
       </c>
       <c r="AC7" s="5">
         <v>46474</v>
       </c>
       <c r="AD7" s="5">
         <v>46455</v>
       </c>
       <c r="AE7" s="5">
         <v>46001</v>
       </c>
       <c r="AF7" s="5">
         <v>47057</v>
       </c>
       <c r="AG7" s="5">
         <v>46565</v>
       </c>
       <c r="AH7" s="5">
         <v>46103</v>
       </c>
       <c r="AI7" s="5">
         <v>46502</v>
       </c>
@@ -2498,117 +2538,123 @@
       <c r="AZ7" s="4">
         <v>47225</v>
       </c>
       <c r="BA7" s="4">
         <v>47489</v>
       </c>
       <c r="BB7" s="4">
         <v>47471</v>
       </c>
       <c r="BC7" s="3">
         <v>47510</v>
       </c>
       <c r="BD7" s="4">
         <v>47580</v>
       </c>
       <c r="BE7" s="4">
         <v>47733</v>
       </c>
       <c r="BF7" s="3">
         <v>47740</v>
       </c>
       <c r="BG7" s="4">
         <v>47775</v>
       </c>
       <c r="BH7" s="6" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="BI7" s="4">
         <v>47446</v>
       </c>
       <c r="BJ7" s="4">
         <v>47784</v>
       </c>
       <c r="BK7" s="4">
         <v>47792</v>
       </c>
       <c r="BL7" s="4">
         <v>47793</v>
       </c>
       <c r="BM7" s="4">
         <v>47854</v>
       </c>
       <c r="BN7" s="4">
         <v>47573</v>
       </c>
       <c r="BO7" s="17">
         <v>47876</v>
       </c>
+      <c r="BP7" s="4">
+        <v>47887</v>
+      </c>
+      <c r="BQ7" s="4">
+        <v>47897</v>
+      </c>
     </row>
-    <row r="8" spans="1:67" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:69" x14ac:dyDescent="0.35">
       <c r="A8" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="9"/>
       <c r="AA8" s="9"/>
       <c r="AB8" s="9"/>
       <c r="AC8" s="20"/>
       <c r="AD8" s="20"/>
       <c r="AE8" s="20"/>
       <c r="AF8" s="20"/>
       <c r="AG8" s="20"/>
       <c r="AH8" s="20"/>
       <c r="AI8" s="20"/>
       <c r="AO8" s="20"/>
       <c r="AP8" s="20"/>
       <c r="AQ8" s="20"/>
       <c r="BF8" s="1"/>
     </row>
-    <row r="9" spans="1:67" ht="30" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:69" ht="31" x14ac:dyDescent="0.35">
       <c r="A9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B9" s="1">
         <v>3</v>
       </c>
       <c r="C9" s="1">
         <v>2</v>
       </c>
       <c r="D9" s="1">
         <v>3</v>
       </c>
       <c r="E9" s="1">
         <v>2</v>
       </c>
       <c r="F9" s="1">
         <v>3</v>
       </c>
       <c r="G9" s="1">
         <v>2</v>
       </c>
       <c r="H9" s="1">
         <v>2</v>
       </c>
       <c r="I9" s="1">
@@ -2766,96 +2812,102 @@
       </c>
       <c r="BH9" s="6">
         <v>3</v>
       </c>
       <c r="BI9" s="6">
         <v>3</v>
       </c>
       <c r="BJ9" s="6">
         <v>3</v>
       </c>
       <c r="BK9" s="6">
         <v>2</v>
       </c>
       <c r="BL9" s="6">
         <v>2</v>
       </c>
       <c r="BM9" s="6">
         <v>3</v>
       </c>
       <c r="BN9" s="6">
         <v>3</v>
       </c>
       <c r="BO9" s="6">
         <v>3</v>
       </c>
+      <c r="BP9" s="6">
+        <v>2</v>
+      </c>
+      <c r="BQ9" s="6">
+        <v>3</v>
+      </c>
     </row>
-    <row r="10" spans="1:67" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:69" ht="62" x14ac:dyDescent="0.35">
       <c r="A10" s="8" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="S10" s="9"/>
       <c r="T10" s="9"/>
       <c r="U10" s="9"/>
       <c r="V10" s="9"/>
       <c r="W10" s="9"/>
       <c r="X10" s="9"/>
       <c r="Y10" s="9"/>
       <c r="Z10" s="9"/>
       <c r="AA10" s="9"/>
       <c r="AB10" s="9"/>
       <c r="AC10" s="20"/>
       <c r="AD10" s="20"/>
       <c r="AE10" s="20"/>
       <c r="AF10" s="20"/>
       <c r="AG10" s="20"/>
       <c r="AH10" s="20"/>
       <c r="AI10" s="20"/>
       <c r="BF10" s="1"/>
     </row>
-    <row r="11" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:69" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C11" s="1">
         <v>4</v>
       </c>
       <c r="D11" s="1">
         <v>5</v>
       </c>
       <c r="E11" s="1">
         <v>4</v>
       </c>
       <c r="F11" s="1">
         <v>5</v>
       </c>
       <c r="G11" s="1">
         <v>6</v>
       </c>
       <c r="H11" s="1">
         <v>5</v>
       </c>
       <c r="I11" s="1">
         <v>6</v>
       </c>
       <c r="J11" s="1">
         <v>5</v>
       </c>
@@ -3008,52 +3060,58 @@
       </c>
       <c r="BH11" s="6">
         <v>6</v>
       </c>
       <c r="BI11" s="6">
         <v>8</v>
       </c>
       <c r="BJ11" s="6">
         <v>6</v>
       </c>
       <c r="BK11" s="6">
         <v>5</v>
       </c>
       <c r="BL11" s="6">
         <v>6</v>
       </c>
       <c r="BM11" s="6">
         <v>5</v>
       </c>
       <c r="BN11" s="6">
         <v>5</v>
       </c>
       <c r="BO11" s="6">
         <v>5</v>
       </c>
+      <c r="BP11" s="6">
+        <v>6</v>
+      </c>
+      <c r="BQ11" s="6">
+        <v>5</v>
+      </c>
     </row>
-    <row r="12" spans="1:67" ht="45" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:69" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A12" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="1">
         <v>0</v>
       </c>
       <c r="C12" s="1">
         <v>0</v>
       </c>
       <c r="D12" s="1">
         <v>0</v>
       </c>
       <c r="E12" s="1">
         <v>0</v>
       </c>
       <c r="F12" s="1">
         <v>0</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1">
         <v>0</v>
       </c>
       <c r="I12" s="1">
@@ -3208,529 +3266,543 @@
       </c>
       <c r="BH12" s="6">
         <v>1</v>
       </c>
       <c r="BI12" s="6">
         <v>0</v>
       </c>
       <c r="BJ12" s="6">
         <v>0</v>
       </c>
       <c r="BK12" s="6">
         <v>1</v>
       </c>
       <c r="BL12" s="6">
         <v>1</v>
       </c>
       <c r="BM12" s="6">
         <v>0</v>
       </c>
       <c r="BN12" s="6">
         <v>1</v>
       </c>
       <c r="BO12" s="6">
         <v>0</v>
       </c>
+      <c r="BP12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BQ12" s="6">
+        <v>1</v>
+      </c>
     </row>
-    <row r="13" spans="1:67" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A13" s="8" t="s">
+    <row r="13" spans="1:69" ht="31" x14ac:dyDescent="0.35">
+      <c r="A13" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="M13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="O13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="P13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="R13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="T13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="U13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="V13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="X13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="Z13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB13" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC13" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AD13" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE13" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF13" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH13" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI13" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL13" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN13" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AQ13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR13" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS13" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU13" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="AV13" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="AW13" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX13" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="AY13" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="AZ13" s="22" t="s">
+        <v>107</v>
+      </c>
+      <c r="BA13" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB13" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="BC13" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="BD13" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="BE13" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="BF13" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="BG13" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="BH13" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="BI13" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="BJ13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BK13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BL13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BM13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BN13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BO13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="BP13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="BQ13" s="1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="14" spans="1:69" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="1">
+        <v>6</v>
+      </c>
+      <c r="C14" s="1">
+        <v>8</v>
+      </c>
+      <c r="D14" s="1">
+        <v>5</v>
+      </c>
+      <c r="E14" s="1">
+        <v>8</v>
+      </c>
+      <c r="F14" s="1">
+        <v>6</v>
+      </c>
+      <c r="G14" s="1">
+        <v>6</v>
+      </c>
+      <c r="H14" s="1">
+        <v>9</v>
+      </c>
+      <c r="I14" s="1">
+        <v>10</v>
+      </c>
+      <c r="J14" s="1">
+        <v>5</v>
+      </c>
+      <c r="K14" s="1">
+        <v>9</v>
+      </c>
+      <c r="L14" s="1">
+        <v>6</v>
+      </c>
+      <c r="M14" s="1">
+        <v>6</v>
+      </c>
+      <c r="N14" s="1">
+        <v>10</v>
+      </c>
+      <c r="O14" s="1">
+        <v>6</v>
+      </c>
+      <c r="P14" s="1">
+        <v>6</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>6</v>
+      </c>
+      <c r="R14" s="1">
+        <v>6</v>
+      </c>
+      <c r="S14" s="9">
+        <v>7</v>
+      </c>
+      <c r="T14" s="9">
+        <v>6</v>
+      </c>
+      <c r="U14" s="9">
+        <v>6</v>
+      </c>
+      <c r="V14" s="9">
+        <v>6</v>
+      </c>
+      <c r="W14" s="9">
+        <v>6</v>
+      </c>
+      <c r="X14" s="9">
+        <v>6</v>
+      </c>
+      <c r="Y14" s="19">
+        <v>8</v>
+      </c>
+      <c r="Z14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AA14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AB14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AC14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AD14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AE14" s="9">
+        <v>41</v>
+      </c>
+      <c r="AF14" s="20">
+        <v>6</v>
+      </c>
+      <c r="AG14" s="9">
+        <v>6</v>
+      </c>
+      <c r="AH14" s="9">
+        <v>10</v>
+      </c>
+      <c r="AI14" s="9">
+        <v>10</v>
+      </c>
+      <c r="AJ14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AK14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AL14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AM14" s="6">
+        <v>5</v>
+      </c>
+      <c r="AN14" s="6">
+        <v>9</v>
+      </c>
+      <c r="AO14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AP14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AQ14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AR14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AS14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AT14" s="6">
+        <v>5</v>
+      </c>
+      <c r="AU14" s="6">
+        <v>5</v>
+      </c>
+      <c r="AV14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AW14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AX14" s="6">
+        <v>6</v>
+      </c>
+      <c r="AY14" s="6">
+        <v>16</v>
+      </c>
+      <c r="AZ14" s="18">
+        <v>16</v>
+      </c>
+      <c r="BA14" s="1">
+        <v>6</v>
+      </c>
+      <c r="BB14" s="1">
+        <v>5</v>
+      </c>
+      <c r="BC14" s="1">
+        <v>6</v>
+      </c>
+      <c r="BD14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BE14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BF14" s="1">
+        <v>8</v>
+      </c>
+      <c r="BG14" s="6">
+        <v>5</v>
+      </c>
+      <c r="BH14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BI14" s="6">
+        <v>8</v>
+      </c>
+      <c r="BJ14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BK14" s="6">
+        <v>5</v>
+      </c>
+      <c r="BL14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BM14" s="6">
+        <v>5</v>
+      </c>
+      <c r="BN14" s="6">
+        <v>5</v>
+      </c>
+      <c r="BO14" s="6">
+        <v>5</v>
+      </c>
+      <c r="BP14" s="6">
+        <v>6</v>
+      </c>
+      <c r="BQ14" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:69" ht="62" x14ac:dyDescent="0.35">
+      <c r="A15" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="B13" s="1"/>
-[...34 lines deleted...]
-      <c r="BF13" s="1"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="S15" s="9"/>
+      <c r="T15" s="9"/>
+      <c r="U15" s="9"/>
+      <c r="V15" s="9"/>
+      <c r="W15" s="9"/>
+      <c r="X15" s="9"/>
+      <c r="Y15" s="9"/>
+      <c r="Z15" s="9"/>
+      <c r="AA15" s="9"/>
+      <c r="AB15" s="9"/>
+      <c r="AC15" s="20"/>
+      <c r="AD15" s="20"/>
+      <c r="AE15" s="20"/>
+      <c r="AF15" s="20"/>
+      <c r="AG15" s="20"/>
+      <c r="AH15" s="20"/>
+      <c r="AI15" s="20"/>
+      <c r="BA15" s="15"/>
+      <c r="BB15" s="15"/>
+      <c r="BF15" s="1"/>
     </row>
-    <row r="14" spans="1:67" ht="30" x14ac:dyDescent="0.3">
-[...200 lines deleted...]
-      </c>
+    <row r="16" spans="1:69" x14ac:dyDescent="0.35">
+      <c r="AC16" s="9"/>
     </row>
-    <row r="15" spans="1:67" ht="75" x14ac:dyDescent="0.3">
-[...207 lines deleted...]
-    <row r="17" spans="29:29" x14ac:dyDescent="0.3">
+    <row r="17" spans="29:29" x14ac:dyDescent="0.35">
       <c r="AC17" s="9"/>
     </row>
-    <row r="18" spans="29:29" x14ac:dyDescent="0.3">
+    <row r="18" spans="29:29" x14ac:dyDescent="0.35">
       <c r="AC18" s="9"/>
     </row>
-    <row r="19" spans="29:29" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-    </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="73" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Borough of Broxbourne</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nadine Szawatkowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>